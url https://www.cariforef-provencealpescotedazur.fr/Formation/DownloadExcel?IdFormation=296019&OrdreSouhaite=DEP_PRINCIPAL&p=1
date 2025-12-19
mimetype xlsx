--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -167,84 +167,84 @@
   <x:si>
     <x:t>AFPA - FILIALE ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage TIG</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/22/2026 00:00:00</x:t>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -822,51 +822,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>598099</x:v>
+        <x:v>598100</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -879,51 +879,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>598101</x:v>
+        <x:v>598099</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -938,51 +938,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>598100</x:v>
+        <x:v>598101</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -995,51 +995,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>598102</x:v>
+        <x:v>598104</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1054,51 +1054,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>598103</x:v>
+        <x:v>598102</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1111,51 +1111,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>598104</x:v>
+        <x:v>598103</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 