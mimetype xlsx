--- v0 (2025-12-24)
+++ v1 (2026-02-14)
@@ -793,51 +793,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>613000</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -847,51 +847,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>612999</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>