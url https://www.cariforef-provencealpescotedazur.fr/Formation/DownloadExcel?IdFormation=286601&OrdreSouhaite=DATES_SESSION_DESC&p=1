--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Accueil tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/22/2026 00:00:00</x:t>
+    <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>