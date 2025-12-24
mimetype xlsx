--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -197,54 +197,54 @@
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>