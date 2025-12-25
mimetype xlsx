--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -179,54 +179,54 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 