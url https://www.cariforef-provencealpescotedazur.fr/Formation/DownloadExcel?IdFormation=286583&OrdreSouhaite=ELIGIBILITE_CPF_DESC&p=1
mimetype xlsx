--- v0 (2025-10-21)
+++ v1 (2026-02-01)
@@ -176,75 +176,75 @@
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les Francas - Union Régionale de Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -841,51 +841,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>583591</x:v>
+        <x:v>583588</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -895,60 +895,60 @@
       <x:c r="H3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>583592</x:v>
+        <x:v>583591</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -958,60 +958,60 @@
       <x:c r="H4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583588</x:v>
+        <x:v>583592</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>