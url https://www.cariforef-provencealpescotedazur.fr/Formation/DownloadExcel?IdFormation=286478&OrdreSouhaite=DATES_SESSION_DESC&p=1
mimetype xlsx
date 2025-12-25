--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -188,54 +188,54 @@
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
-    <x:t>01/22/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>08/27/2026 00:00:00</x:t>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>