--- v0 (2025-11-06)
+++ v1 (2026-02-15)
@@ -182,57 +182,57 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Magasinage</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-RAPHAEL</x:t>
-[...5 lines deleted...]
-    <x:t>04/28/2026 00:00:00</x:t>
+    <x:t>FAYENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>