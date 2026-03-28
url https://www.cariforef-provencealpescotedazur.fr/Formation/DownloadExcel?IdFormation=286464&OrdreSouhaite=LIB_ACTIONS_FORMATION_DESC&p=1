--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -179,72 +179,72 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
@@ -910,123 +910,123 @@
       <x:c r="H3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="Q3" s="4" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="Q3" s="4" t="s">
+      <x:c r="S3" s="0" t="n">
+        <x:v>583850</x:v>
+      </x:c>
+      <x:c r="T3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="R3" s="0" t="s">
+      <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37674</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583850</x:v>
+        <x:v>583851</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37674</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>