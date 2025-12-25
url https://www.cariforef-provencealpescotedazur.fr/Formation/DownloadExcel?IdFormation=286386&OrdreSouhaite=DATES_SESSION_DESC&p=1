--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -188,54 +188,54 @@
   <x:si>
     <x:t>Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Mare Nicéa</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
-    <x:t>02/23/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>05/06/2026 00:00:00</x:t>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>