--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -176,54 +176,54 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Mare Nicéa</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/03/2026 00:00:00</x:t>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>