--- v0 (2025-12-28)
+++ v1 (2026-03-27)
@@ -179,51 +179,51 @@
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Développement informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
+    <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">