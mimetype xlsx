--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -236,60 +236,60 @@
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>10/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1114,138 +1114,138 @@
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>15234</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>583741</x:v>
+        <x:v>583736</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="n">
         <x:v>6151</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>15234</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>583736</x:v>
+        <x:v>583741</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="n">
         <x:v>6151</x:v>
       </x:c>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1366,132 +1366,132 @@
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>15234</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>583737</x:v>
+        <x:v>583732</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="n">
         <x:v>6151</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>15234</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>583732</x:v>
+        <x:v>583737</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="n">
         <x:v>6151</x:v>
       </x:c>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>