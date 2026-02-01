--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -224,54 +224,54 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/13/2026 00:00:00</x:t>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>