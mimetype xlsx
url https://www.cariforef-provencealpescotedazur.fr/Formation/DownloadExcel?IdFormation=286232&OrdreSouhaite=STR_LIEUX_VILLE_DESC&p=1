--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/20/2026 00:00:00</x:t>
+    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>