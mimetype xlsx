--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/20/2026 00:00:00</x:t>
+    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>