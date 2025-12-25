--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -203,54 +203,54 @@
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/23/2026 00:00:00</x:t>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 