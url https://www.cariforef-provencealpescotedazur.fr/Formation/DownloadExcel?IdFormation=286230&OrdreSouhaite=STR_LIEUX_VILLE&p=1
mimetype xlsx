--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -197,54 +197,54 @@
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/23/2026 00:00:00</x:t>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>