--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -206,60 +206,60 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -1039,51 +1039,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>583607</x:v>
+        <x:v>583606</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1102,51 +1102,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>583606</x:v>
+        <x:v>583607</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>