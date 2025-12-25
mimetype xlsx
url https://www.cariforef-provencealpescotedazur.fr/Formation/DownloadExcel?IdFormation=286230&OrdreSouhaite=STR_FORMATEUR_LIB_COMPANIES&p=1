--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -173,102 +173,102 @@
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/23/2026 00:00:00</x:t>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -850,51 +850,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>583606</x:v>
+        <x:v>583607</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -913,51 +913,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>583607</x:v>
+        <x:v>583606</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1102,51 +1102,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>583608</x:v>
+        <x:v>583614</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1165,51 +1165,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>583614</x:v>
+        <x:v>583608</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 