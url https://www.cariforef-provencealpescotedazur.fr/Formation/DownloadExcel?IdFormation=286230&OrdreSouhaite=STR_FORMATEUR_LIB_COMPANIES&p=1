--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -170,96 +170,96 @@
   <x:si>
     <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
   </x:si>
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -850,51 +850,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>583607</x:v>
+        <x:v>583604</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -910,60 +910,60 @@
       <x:c r="J3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>583606</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -973,54 +973,54 @@
       <x:c r="J4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583604</x:v>
+        <x:v>583607</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1039,51 +1039,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>583605</x:v>
+        <x:v>583614</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1102,51 +1102,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>583614</x:v>
+        <x:v>583605</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>