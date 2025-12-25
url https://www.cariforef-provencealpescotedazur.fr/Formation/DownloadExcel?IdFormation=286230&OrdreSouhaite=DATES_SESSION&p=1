--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -185,66 +185,66 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>04/30/2026 00:00:00</x:t>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
@@ -913,51 +913,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>583605</x:v>
+        <x:v>583608</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -976,51 +976,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583608</x:v>
+        <x:v>583605</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>