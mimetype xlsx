--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -206,54 +206,54 @@
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/02/2026 00:00:00</x:t>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>