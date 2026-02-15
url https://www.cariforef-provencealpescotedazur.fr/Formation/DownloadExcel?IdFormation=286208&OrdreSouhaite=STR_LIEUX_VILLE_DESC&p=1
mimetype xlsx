--- v1 (2025-12-25)
+++ v2 (2026-02-15)
@@ -203,57 +203,57 @@
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>COGOLIN</x:t>
-[...5 lines deleted...]
-    <x:t>07/17/2026 00:00:00</x:t>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>