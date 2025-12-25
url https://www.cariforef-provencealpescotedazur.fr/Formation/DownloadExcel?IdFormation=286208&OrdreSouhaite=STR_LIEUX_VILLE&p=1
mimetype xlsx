--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -179,54 +179,54 @@
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/02/2026 00:00:00</x:t>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>