--- v1 (2025-12-25)
+++ v2 (2026-02-15)
@@ -176,57 +176,57 @@
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
-    <x:t>COGOLIN</x:t>
-[...5 lines deleted...]
-    <x:t>07/17/2026 00:00:00</x:t>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>