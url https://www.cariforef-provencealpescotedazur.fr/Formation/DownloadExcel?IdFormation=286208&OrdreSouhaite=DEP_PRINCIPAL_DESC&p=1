--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -185,66 +185,66 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
-    <x:t>COGOLIN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -898,51 +898,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>583645</x:v>
+        <x:v>583644</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -961,51 +961,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583644</x:v>
+        <x:v>583645</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>