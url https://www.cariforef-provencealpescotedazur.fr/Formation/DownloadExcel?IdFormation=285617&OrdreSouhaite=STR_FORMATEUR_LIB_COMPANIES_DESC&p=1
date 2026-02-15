--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -191,66 +191,66 @@
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir 84</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -910,51 +910,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>580151</x:v>
+        <x:v>580150</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -973,51 +973,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>580150</x:v>
+        <x:v>580151</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40799</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>