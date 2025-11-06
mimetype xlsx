--- v0 (2025-11-05)
+++ v1 (2025-11-06)
@@ -161,69 +161,69 @@
   <x:si>
     <x:t>DEAS - Diplôme d'Etat Aide-Soignant (rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Aide-soignant</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -799,51 +799,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>580054</x:v>
+        <x:v>580057</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -853,51 +853,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>580056</x:v>
+        <x:v>580055</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
@@ -907,54 +907,54 @@
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>585522</x:v>
+        <x:v>580056</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -964,162 +964,162 @@
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>580055</x:v>
+        <x:v>585522</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>580057</x:v>
+        <x:v>585521</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>585521</x:v>
+        <x:v>580054</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 