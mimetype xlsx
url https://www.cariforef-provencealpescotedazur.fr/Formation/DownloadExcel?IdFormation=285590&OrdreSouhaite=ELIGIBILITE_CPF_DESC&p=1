--- v1 (2025-11-06)
+++ v2 (2026-02-14)
@@ -137,93 +137,93 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
-    <x:t>DEAS - Diplôme d'Etat Aide-Soignant (rentrée 2025)</x:t>
+    <x:t>DEAS - Diplôme d'Etat Aide-Soignant (à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Aide-soignant</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
-    <x:t>01/06/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/12/2025 00:00:00</x:t>
+    <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -664,51 +664,51 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="50.470625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="62.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.795425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="12.725425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="24.335425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="10.570625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -853,54 +853,54 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>580055</x:v>
+        <x:v>617126</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -910,108 +910,108 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>580056</x:v>
+        <x:v>585522</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>585522</x:v>
+        <x:v>580055</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1024,108 +1024,108 @@
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>585521</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40692</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43436</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>580054</x:v>
+        <x:v>617127</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>