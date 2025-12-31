--- v0 (2025-11-07)
+++ v1 (2025-12-31)
@@ -137,51 +137,51 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
-    <x:t>DEAS - Diplôme d'Etat Aide-Soignant (rentrée 2025)</x:t>
+    <x:t>DEAS - Diplôme d'Etat Aide-Soignant (à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Aide-soignant</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
@@ -658,51 +658,51 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="50.470625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="62.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.795425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="12.725425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="26.260625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="12.550625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>