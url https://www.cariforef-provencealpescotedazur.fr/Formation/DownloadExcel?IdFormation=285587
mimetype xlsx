--- v1 (2025-12-31)
+++ v2 (2026-03-12)
@@ -137,51 +137,51 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
-    <x:t>DEAS - Diplôme d'Etat Aide-Soignant (à partir de la rentrée 2025)</x:t>
+    <x:t>DEAS - Diplôme d'Etat Aide-Soignant</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Aide-soignant</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
@@ -658,51 +658,51 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="62.620625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="36.660625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.795425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="12.725425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="26.260625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="12.550625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>