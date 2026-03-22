--- v0 (2026-02-02)
+++ v1 (2026-03-22)
@@ -161,60 +161,60 @@
   <x:si>
     <x:t>Français Langue Etrangère (FLE) - Français Professionnel de premier niveau (FP)</x:t>
   </x:si>
   <x:si>
     <x:t>Eureka</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Français langue étrangère</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -792,100 +792,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>611620</x:v>
+        <x:v>623519</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>578514</x:v>
+        <x:v>611620</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>