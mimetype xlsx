--- v1 (2026-03-28)
+++ v2 (2026-03-28)
@@ -167,66 +167,66 @@
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Soudage électrode enrobée</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2028 00:00:00</x:t>
   </x:si>
@@ -828,51 +828,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>579161</x:v>
+        <x:v>613803</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -882,57 +882,57 @@
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>613803</x:v>
+        <x:v>589741</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
@@ -941,57 +941,57 @@
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="S4" s="14" t="n">
+        <x:v>579161</x:v>
+      </x:c>
+      <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40477</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>