--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -176,54 +176,54 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/26/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>04/16/2026 00:00:00</x:t>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>