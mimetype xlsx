--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -161,66 +161,66 @@
   <x:si>
     <x:t>Accompagnement VAE (toutes certifications du Ministère du travail, de la santé, des solidarités et des familles)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation VAE</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
+  </x:si>
+  <x:si>
     <x:t>COGOLIN</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -803,51 +803,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>15064</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>574773</x:v>
+        <x:v>574766</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>25</x:v>
@@ -855,51 +855,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15064</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>574771</x:v>
+        <x:v>574770</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
@@ -910,51 +910,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15064</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>574766</x:v>
+        <x:v>574771</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
@@ -962,51 +962,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15064</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>574770</x:v>
+        <x:v>574773</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>