--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -185,123 +185,123 @@
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -946,51 +946,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>580262</x:v>
+        <x:v>580263</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1072,51 +1072,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>580263</x:v>
+        <x:v>580262</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1450,51 +1450,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>571153</x:v>
+        <x:v>571152</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1513,51 +1513,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>571152</x:v>
+        <x:v>571153</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 