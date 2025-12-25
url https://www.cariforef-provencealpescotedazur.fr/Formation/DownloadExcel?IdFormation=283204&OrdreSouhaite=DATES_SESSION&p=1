--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -206,60 +206,60 @@
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>FREJUS</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
@@ -1054,51 +1054,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>571147</x:v>
+        <x:v>571149</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1108,129 +1108,129 @@
       <x:c r="H6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>571149</x:v>
+        <x:v>571159</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>571159</x:v>
+        <x:v>571147</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>