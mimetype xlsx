--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -197,75 +197,75 @@
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
-    <x:t>07/07/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -991,51 +991,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>571151</x:v>
+        <x:v>571147</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1045,129 +1045,129 @@
       <x:c r="H5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>571149</x:v>
+        <x:v>571144</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>571159</x:v>
+        <x:v>571151</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1180,51 +1180,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>571147</x:v>
+        <x:v>571149</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1234,60 +1234,60 @@
       <x:c r="H8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>571144</x:v>
+        <x:v>571159</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>