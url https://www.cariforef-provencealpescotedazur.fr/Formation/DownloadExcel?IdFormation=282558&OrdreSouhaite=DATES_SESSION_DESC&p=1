--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -143,51 +143,51 @@
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel gestionnaire de paie</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
-    <x:t>83200</x:t>
+    <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement paie</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>