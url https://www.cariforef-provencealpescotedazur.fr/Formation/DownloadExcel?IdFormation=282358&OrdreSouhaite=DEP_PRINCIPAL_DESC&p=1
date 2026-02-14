--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -983,57 +983,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>606208</x:v>
+        <x:v>567678</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
@@ -1042,57 +1042,57 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43476</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>567678</x:v>
+        <x:v>606208</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40027</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>