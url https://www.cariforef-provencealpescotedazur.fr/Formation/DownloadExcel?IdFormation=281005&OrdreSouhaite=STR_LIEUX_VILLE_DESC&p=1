--- v1 (2026-03-26)
+++ v2 (2026-03-26)
@@ -176,63 +176,63 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Bonnes pratiques hygiène agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
@@ -991,106 +991,106 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>618588</x:v>
+        <x:v>618284</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>618592</x:v>
+        <x:v>618588</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
@@ -1098,51 +1098,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21547</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>618284</x:v>
+        <x:v>618592</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>