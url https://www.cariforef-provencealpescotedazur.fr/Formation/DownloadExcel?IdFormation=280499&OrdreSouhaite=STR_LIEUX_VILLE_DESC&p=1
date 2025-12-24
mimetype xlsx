--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -182,78 +182,63 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Français langue étrangère</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation et de Préparation à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/03/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/23/2025 00:00:00</x:t>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
-    <x:t>12/17/2025 00:00:00</x:t>
-[...17 lines deleted...]
-    <x:t>MARSEILLE- 4e</x:t>
+    <x:t>12/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -711,51 +696,51 @@
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="39.380625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="15.230625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.760625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="57.160625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="21.110625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
-    <x:col min="16" max="16" width="90.350625" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="57.160625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="17.790625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
@@ -892,51 +877,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>560660</x:v>
+        <x:v>612777</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G4" s="14" t="s">
         <x:v>25</x:v>
@@ -951,51 +936,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>560657</x:v>
+        <x:v>612776</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>25</x:v>
@@ -1059,118 +1044,118 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="R6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="Q6" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>560659</x:v>
+        <x:v>612779</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>560656</x:v>
+        <x:v>612775</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="14" t="s">
         <x:v>25</x:v>
@@ -1182,216 +1167,99 @@
         <x:v>27</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>560658</x:v>
+        <x:v>580483</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>40</x:v>
-[...115 lines deleted...]
-      <x:c r="U10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">