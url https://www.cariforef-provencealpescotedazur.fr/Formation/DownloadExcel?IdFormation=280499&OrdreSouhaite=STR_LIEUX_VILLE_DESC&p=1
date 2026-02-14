--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -1111,57 +1111,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>612775</x:v>
+        <x:v>580483</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>27</x:v>
@@ -1170,57 +1170,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>580483</x:v>
+        <x:v>612775</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>