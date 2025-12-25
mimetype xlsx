--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -176,54 +176,54 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Restauration rapide</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/25/2026 00:00:00</x:t>
+    <x:t>12/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 