--- v0 (2025-12-28)
+++ v1 (2025-12-28)
@@ -185,78 +185,78 @@
   <x:si>
     <x:t>Chariot automoteur</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
@@ -1091,51 +1091,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>585714</x:v>
+        <x:v>609920</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1150,51 +1150,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>585716</x:v>
+        <x:v>560417</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1207,51 +1207,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>560420</x:v>
+        <x:v>585714</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
@@ -1266,51 +1266,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>609920</x:v>
+        <x:v>585716</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1323,51 +1323,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>560417</x:v>
+        <x:v>560420</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1733,54 +1733,54 @@
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>609917</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1906,54 +1906,54 @@
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31768</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>607359</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="n">
         <x:v>6866</x:v>
       </x:c>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">