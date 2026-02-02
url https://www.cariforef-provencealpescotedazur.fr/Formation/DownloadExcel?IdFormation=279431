--- v0 (2025-10-02)
+++ v1 (2026-02-02)
@@ -158,60 +158,60 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>VALBONNE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -668,51 +668,51 @@
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="37.780625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.795425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="12.725425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="24.335425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="13.250625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="13.600625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -783,100 +783,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>556102</x:v>
+        <x:v>613038</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>556103</x:v>
+        <x:v>613037</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 