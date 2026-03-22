--- v1 (2026-02-02)
+++ v2 (2026-03-22)
@@ -158,60 +158,60 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -668,51 +668,51 @@
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="37.780625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="26.795425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="12.725425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="24.335425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="13.600625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="13.250625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -783,100 +783,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>613038</x:v>
+        <x:v>613037</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>613037</x:v>
+        <x:v>613038</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 