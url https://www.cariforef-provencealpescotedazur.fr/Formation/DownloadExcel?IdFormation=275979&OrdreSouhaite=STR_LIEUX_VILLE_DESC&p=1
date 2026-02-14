--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -176,66 +176,66 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Comptabilité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jacques Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -830,51 +830,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>541312</x:v>
+        <x:v>558637</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -890,51 +890,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>558637</x:v>
+        <x:v>607809</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
@@ -951,51 +951,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>607809</x:v>
+        <x:v>541312</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1011,51 +1011,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>556440</x:v>
+        <x:v>608173</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>24</x:v>
@@ -1072,57 +1072,57 @@
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>608173</x:v>
+        <x:v>556440</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1135,54 +1135,54 @@
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>541313</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>26</x:v>
@@ -1193,57 +1193,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>556438</x:v>
+        <x:v>541311</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1253,51 +1253,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>541311</x:v>
+        <x:v>556438</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39159</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>24</x:v>
@@ -1317,54 +1317,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32663</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>608172</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>