--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -173,60 +173,60 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
@@ -885,51 +885,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>554795</x:v>
+        <x:v>606282</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -944,51 +944,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>606282</x:v>
+        <x:v>554795</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1004,51 +1004,51 @@
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>608353</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
@@ -1060,114 +1060,114 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>522112</x:v>
+        <x:v>608354</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>608354</x:v>
+        <x:v>522112</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
@@ -1179,111 +1179,111 @@
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>554027</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>554792</x:v>
+        <x:v>522113</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
@@ -1292,51 +1292,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>606279</x:v>
+        <x:v>554792</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1349,57 +1349,57 @@
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>522113</x:v>
+        <x:v>606279</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
@@ -1408,114 +1408,114 @@
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>554794</x:v>
+        <x:v>522115</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>522115</x:v>
+        <x:v>554794</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -1527,105 +1527,105 @@
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>606281</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>608355</x:v>
+        <x:v>554028</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -1640,51 +1640,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>554028</x:v>
+        <x:v>608355</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1697,57 +1697,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>522114</x:v>
+        <x:v>606280</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -1756,57 +1756,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>606280</x:v>
+        <x:v>522114</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1816,54 +1816,54 @@
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>554793</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -1872,51 +1872,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>556187</x:v>
+        <x:v>606278</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1929,51 +1929,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>606278</x:v>
+        <x:v>556187</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 