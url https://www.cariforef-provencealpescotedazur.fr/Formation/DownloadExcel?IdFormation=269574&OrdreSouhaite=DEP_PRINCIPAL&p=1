--- v0 (2025-12-22)
+++ v1 (2026-02-14)
@@ -173,72 +173,72 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -876,286 +876,286 @@
       <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>585590</x:v>
+        <x:v>557731</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>585589</x:v>
+        <x:v>529909</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>529909</x:v>
+        <x:v>524653</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>524653</x:v>
+        <x:v>585589</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>557731</x:v>
+        <x:v>585590</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">