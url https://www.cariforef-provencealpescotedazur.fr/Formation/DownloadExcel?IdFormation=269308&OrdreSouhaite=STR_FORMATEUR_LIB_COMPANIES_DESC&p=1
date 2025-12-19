--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -164,51 +164,51 @@
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
-    <x:t>Vente spécialisée</x:t>
+    <x:t>Encadrement management</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
@@ -803,51 +803,51 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>521209</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
@@ -863,51 +863,51 @@
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>555932</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
@@ -924,51 +924,51 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>555931</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
@@ -984,51 +984,51 @@
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>521211</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>