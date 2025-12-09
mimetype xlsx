--- v0 (2025-10-09)
+++ v1 (2025-12-09)
@@ -143,51 +143,51 @@
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel gestionnaire comptable et fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
-    <x:t>83200</x:t>
+    <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>