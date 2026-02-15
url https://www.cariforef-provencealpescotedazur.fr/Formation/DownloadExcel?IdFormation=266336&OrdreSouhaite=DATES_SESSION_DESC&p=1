--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -809,51 +809,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>31663</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>608245</x:v>
+        <x:v>617512</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>37277</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>