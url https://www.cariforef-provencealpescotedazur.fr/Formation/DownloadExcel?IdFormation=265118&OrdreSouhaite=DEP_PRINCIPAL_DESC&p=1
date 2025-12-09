--- v0 (2025-10-24)
+++ v1 (2025-12-09)
@@ -780,100 +780,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>505926</x:v>
+        <x:v>505928</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>505928</x:v>
+        <x:v>505926</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 