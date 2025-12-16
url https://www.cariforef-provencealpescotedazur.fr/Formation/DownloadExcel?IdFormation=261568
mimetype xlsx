--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -176,60 +176,60 @@
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Assurance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -809,51 +809,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>508759</x:v>
+        <x:v>557159</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>37349</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -869,51 +869,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>557159</x:v>
+        <x:v>508759</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 