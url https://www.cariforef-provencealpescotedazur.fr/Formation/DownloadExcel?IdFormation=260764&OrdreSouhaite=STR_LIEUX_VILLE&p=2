--- v1 (2026-03-28)
+++ v2 (2026-03-28)
@@ -194,156 +194,156 @@
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>11/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/27/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/17/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2025 00:00:00</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1153,51 +1153,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>570919</x:v>
+        <x:v>539846</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1210,51 +1210,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>570920</x:v>
+        <x:v>570919</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
@@ -1269,51 +1269,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>570921</x:v>
+        <x:v>570920</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1326,51 +1326,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>539846</x:v>
+        <x:v>570921</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1385,51 +1385,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>569502</x:v>
+        <x:v>581827</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1442,51 +1442,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>513068</x:v>
+        <x:v>581828</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
@@ -1501,51 +1501,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>524799</x:v>
+        <x:v>623349</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1558,51 +1558,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>575424</x:v>
+        <x:v>524799</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
@@ -1617,51 +1617,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>575425</x:v>
+        <x:v>513068</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1674,51 +1674,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>581827</x:v>
+        <x:v>575424</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -1733,51 +1733,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>623349</x:v>
+        <x:v>575425</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1790,51 +1790,51 @@
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>581828</x:v>
+        <x:v>623862</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
@@ -1849,51 +1849,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>623862</x:v>
+        <x:v>569502</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2022,51 +2022,51 @@
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>552751</x:v>
+        <x:v>529535</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
@@ -2081,51 +2081,51 @@
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>529535</x:v>
+        <x:v>552751</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 