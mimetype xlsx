--- v0 (2025-11-07)
+++ v1 (2026-03-28)
@@ -167,54 +167,54 @@
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Service à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>10/27/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/19/2026 00:00:00</x:t>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
@@ -825,51 +825,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>513066</x:v>
+        <x:v>618036</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>