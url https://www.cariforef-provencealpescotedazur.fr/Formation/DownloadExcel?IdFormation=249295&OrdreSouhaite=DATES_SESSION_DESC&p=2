--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -188,192 +188,162 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ISTRES CEDEX</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1121,173 +1091,173 @@
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>566379</x:v>
+        <x:v>553953</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>576018</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>553953</x:v>
+        <x:v>566379</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
@@ -1469,51 +1439,51 @@
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>553952</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
@@ -1528,51 +1498,51 @@
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>548094</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -1701,54 +1671,54 @@
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>553951</x:v>
+        <x:v>548093</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -1760,54 +1730,54 @@
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>548093</x:v>
+        <x:v>553951</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2049,51 +2019,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>525939</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
@@ -2108,51 +2078,51 @@
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>529562</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2165,51 +2135,51 @@
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>572835</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37121</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
@@ -2234,437 +2204,89 @@
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>543498</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...346 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">