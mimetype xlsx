--- v0 (2025-12-28)
+++ v1 (2026-03-28)
@@ -24,51 +24,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:loext="http://schemas.libreoffice.org/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Calc"/>
   <x:workbookPr showObjects="all" backupFile="false" codeName="ThisWorkbook"/>
   <x:workbookProtection/>
   <x:bookViews>
     <x:workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="resultats d'extraction" sheetId="1" r:id="rId3"/>
     <x:sheet name="rappel des filtres" sheetId="2" r:id="rId4"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'resultats d''extraction'!$A$1:$U$1</x:definedName>
   </x:definedNames>
   <x:calcPr refMode="A1" iterate="false" iterateCount="100" iterateDelta="0.0001"/>
   <x:extLst>
     <x:ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </x:ext>
   </x:extLst>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="37">
   <x:si>
     <x:t>Formation 
  (professionnelle continue / en contrat de pro /
 scolaire, universitaire / en apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intitulé Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Code RNCP</x:t>
   </x:si>
   <x:si>
     <x:t>Code RS (Répertoire Spécifique)</x:t>
   </x:si>
   <x:si>
     <x:t>Financeur</x:t>
   </x:si>
   <x:si>
     <x:t>Programme 
 (PRF, etc.)</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme responsable</x:t>
   </x:si>
   <x:si>
@@ -177,56 +177,50 @@
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -870,146 +864,87 @@
       <x:c r="N3" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>585623</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row r="4" spans="1:21">
-[...57 lines deleted...]
-    </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:A12"/>
   <x:sheetViews>
     <x:sheetView defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:selection activeCell="A6" sqref="A6"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="12.144219" defaultRowHeight="15" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="36.71" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A6" s="8" t="s"/>
     </x:row>
     <x:row r="8" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A8" s="8" t="s"/>
     </x:row>
     <x:row r="12" spans="1:1" ht="15" customHeight="1" outlineLevel="0">
       <x:c r="A12" s="8" t="s"/>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="false" differentFirst="false">
     <x:oddHeader/>
     <x:oddFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">